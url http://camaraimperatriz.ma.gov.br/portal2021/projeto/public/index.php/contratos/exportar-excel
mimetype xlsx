--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="757">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="787">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>20250509.IN.001/2025/2025</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de assinatura anual de acesso à ferram...</t>
   </si>
@@ -820,80 +820,187 @@
     <t>01/05/2024 a 01/07/2024</t>
   </si>
   <si>
     <t xml:space="preserve">29/02/2024
 </t>
   </si>
   <si>
     <t>01/03/2024 a 01/05/2024</t>
   </si>
   <si>
     <t>19/02/2024
 144.887,60</t>
   </si>
   <si>
     <t>Diretoria Legislativa
 Registro de Preços para prestação de serviços terc...</t>
   </si>
   <si>
     <t>23/05/2023
 606.215,16</t>
   </si>
   <si>
     <t>24/05/2023 a 24/05/2024</t>
   </si>
   <si>
+    <t>202509057251/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>08/09/2025
+127.496,53</t>
+  </si>
+  <si>
+    <t>08/09/2025 a 08/09/2026</t>
+  </si>
+  <si>
+    <t>202509057252/2025</t>
+  </si>
+  <si>
+    <t>W E COMERCIO E SERVICOS LTDA
+52.246.769/0001-98</t>
+  </si>
+  <si>
+    <t>05/09/2025
+155.284,74</t>
+  </si>
+  <si>
+    <t>05/09/2025 a 05/09/2026</t>
+  </si>
+  <si>
+    <t>202510097253/2025</t>
+  </si>
+  <si>
+    <t>CASA DA IMPRESSÃO LTDA
+16.465.371/0001-89</t>
+  </si>
+  <si>
+    <t>09/10/2025
+6.416,53</t>
+  </si>
+  <si>
+    <t>09/10/2025 a 09/10/2026</t>
+  </si>
+  <si>
+    <t>20251097254/2025</t>
+  </si>
+  <si>
+    <t>R B COMUNICAÇÃO VISUAL LTDA
+27.232.288/0001-86</t>
+  </si>
+  <si>
+    <t>09/10/2025
+14.108,10</t>
+  </si>
+  <si>
+    <t>202510097255/2025</t>
+  </si>
+  <si>
+    <t>SAKADA INDUSTRIA COMUNICACAO E EVENTOS LTDA
+29.129.687/0001-41</t>
+  </si>
+  <si>
+    <t>09/10/2025
+1.425,00</t>
+  </si>
+  <si>
     <t>06/03/2024
 231.087,24</t>
   </si>
   <si>
     <t>07/03/2024 a 06/06/2024</t>
   </si>
   <si>
+    <t>202509186251/2025</t>
+  </si>
+  <si>
+    <t>C C COMERCIO E SERVCOS LTDA
+33.416.613/0001-63</t>
+  </si>
+  <si>
+    <t>18/09/2025
+155.270,55</t>
+  </si>
+  <si>
+    <t>18/09/2025 a 18/09/2026</t>
+  </si>
+  <si>
+    <t>20250918252/2025</t>
+  </si>
+  <si>
+    <t>APRIMORAH SERVICOS E EMPREENDIMENTOS LTDA
+14.741.691/0001-99</t>
+  </si>
+  <si>
+    <t>18/09/2025
+281.036,49</t>
+  </si>
+  <si>
+    <t>202509186253/2025</t>
+  </si>
+  <si>
+    <t>TOP 3 SERVICE E APOIO ADMINISTRATIVO LTDA
+10.227.789/0001-71</t>
+  </si>
+  <si>
+    <t>18/09/2025
+87.638,00</t>
+  </si>
+  <si>
+    <t>202509186254/2025</t>
+  </si>
+  <si>
+    <t>EMPORIO EVENTUALL LTDA
+49.286.066/0001-89</t>
+  </si>
+  <si>
+    <t>18/09/2025
+3.835,30</t>
+  </si>
+  <si>
     <t>20240624.D.001/2024/2024</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de empresa para locação de 02 (dois) v...</t>
   </si>
   <si>
     <t>W E COMERCIO E SERVIÇOS LTDA
 52.246.769/0001-98</t>
   </si>
   <si>
     <t>24/06/2024
 33.000,00</t>
   </si>
   <si>
     <t>24/06/2024 a 31/12/2024</t>
   </si>
   <si>
     <t>20250630.DP.001/2025/2025</t>
-  </si>
-[...2 lines deleted...]
-Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>ALLIANCE COMÉRCIO E SERVIÇOS DE ENGENHARIA LTDA
 31.962.032/0001-00</t>
   </si>
   <si>
     <t>30/06/2025
 37.500,00</t>
   </si>
   <si>
     <t>30/06/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>2/2024</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Prestação dos serviços de recrutamento para atende...</t>
   </si>
   <si>
     <t>CENTRO DE INTEGRAÇÃO EMPRESA ESCOLA - CIEE
 61.600.839/0001-55</t>
   </si>
   <si>
     <t>29/03/2024
@@ -3065,54 +3172,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F217"/>
+  <dimension ref="A1:F226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E217" sqref="E217"/>
+      <selection activeCell="E226" sqref="E226"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -4275,3186 +4382,3366 @@
         <v>209</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
         <v>163</v>
       </c>
       <c r="B60" t="s">
         <v>154</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>223</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>137</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>224</v>
       </c>
       <c r="F60" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B61" t="s">
-        <v>204</v>
+        <v>226</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>136</v>
+        <v>227</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>137</v>
+        <v>41</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F61" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B62" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F62" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B63" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>235</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>236</v>
       </c>
       <c r="F63" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B64" t="s">
         <v>238</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="D64" s="1" t="s">
+      <c r="E64" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="E64" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F64" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B65" t="s">
+        <v>241</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="E65" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F65" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B66" t="s">
-        <v>247</v>
+        <v>204</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>56</v>
+        <v>137</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F66" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B67" t="s">
-        <v>154</v>
+        <v>246</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>144</v>
+        <v>227</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>56</v>
+        <v>247</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="F67" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B68" t="s">
+        <v>250</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="E68" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F68" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B69" t="s">
-        <v>154</v>
+        <v>253</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>214</v>
+        <v>254</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>255</v>
       </c>
       <c r="F69" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="B70" t="s">
+        <v>256</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D70" s="1" t="s">
+      <c r="E70" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="E70" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B71" t="s">
-        <v>154</v>
+        <v>259</v>
       </c>
       <c r="C71" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D71" s="1" t="s">
+      <c r="E71" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="E71" s="1" t="s">
+      <c r="F71" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B72" t="s">
+        <v>264</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="E72" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="D72" s="1" t="s">
+      <c r="F72" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B73" t="s">
+        <v>268</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>271</v>
       </c>
       <c r="F73" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B74" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>266</v>
+        <v>227</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F74" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B75" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>266</v>
+        <v>144</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>276</v>
+        <v>56</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F75" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B76" t="s">
-        <v>278</v>
+        <v>154</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>266</v>
+        <v>144</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>279</v>
+        <v>56</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>280</v>
       </c>
       <c r="F76" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>282</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>266</v>
+        <v>144</v>
       </c>
       <c r="D77" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E77" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="E77" s="1" t="s">
+      <c r="F77" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
+        <v>156</v>
+      </c>
+      <c r="B78" t="s">
         <v>154</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E78" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E78" s="1" t="s">
+      <c r="F78" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B79" t="s">
+        <v>287</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>289</v>
       </c>
       <c r="F79" t="s">
-        <v>119</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B80" t="s">
         <v>154</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>92</v>
+        <v>291</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>93</v>
+        <v>292</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F80" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B81" t="s">
-        <v>154</v>
+        <v>295</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>239</v>
+        <v>296</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>240</v>
+        <v>297</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="F81" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B82" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>239</v>
+        <v>296</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>240</v>
+        <v>41</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="F82" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="B83" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="D83" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="F83" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="B84" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F84" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="B85" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F85" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="B86" t="s">
-        <v>247</v>
+        <v>312</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>66</v>
+        <v>313</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F86" t="s">
-        <v>313</v>
+        <v>299</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="B87" t="s">
-        <v>154</v>
+        <v>315</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>311</v>
+        <v>291</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>66</v>
+        <v>292</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F87" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="B88" t="s">
-        <v>204</v>
+        <v>318</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>155</v>
+        <v>116</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="F88" t="s">
-        <v>317</v>
+        <v>119</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="B89" t="s">
-        <v>204</v>
+        <v>154</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>318</v>
+        <v>92</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>319</v>
+        <v>93</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>320</v>
       </c>
       <c r="F89" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="B90" t="s">
         <v>154</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>89</v>
+        <v>269</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>82</v>
+        <v>270</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>322</v>
       </c>
       <c r="F90" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="B91" t="s">
         <v>324</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>89</v>
+        <v>269</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>82</v>
+        <v>270</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>325</v>
       </c>
       <c r="F91" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B92" t="s">
         <v>327</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>328</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>329</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>330</v>
       </c>
       <c r="F92" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="B93" t="s">
         <v>332</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>65</v>
+        <v>333</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>66</v>
+        <v>334</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="F93" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="B94" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F94" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="B95" t="s">
-        <v>340</v>
+        <v>277</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>342</v>
       </c>
       <c r="F95" t="s">
-        <v>119</v>
+        <v>343</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="B96" t="s">
-        <v>343</v>
+        <v>154</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D96" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E96" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="E96" s="1" t="s">
+      <c r="F96" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="B97" t="s">
+        <v>204</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E97" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="C97" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E97" s="1" t="s">
+      <c r="F97" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="B98" t="s">
+        <v>204</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" s="1" t="s">
-        <v>152</v>
+        <v>349</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F98" t="s">
-        <v>119</v>
+        <v>351</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="B99" t="s">
-        <v>350</v>
+        <v>154</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>341</v>
+        <v>89</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F99" t="s">
-        <v>119</v>
+        <v>353</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="B100" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>353</v>
+        <v>89</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F100" t="s">
-        <v>119</v>
+        <v>356</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="B101" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="F101" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="B102" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>353</v>
+        <v>65</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>152</v>
+        <v>66</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F102" t="s">
-        <v>119</v>
+        <v>364</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="B103" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>20</v>
+        <v>367</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="F103" t="s">
-        <v>119</v>
+        <v>369</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="B104" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>365</v>
+        <v>98</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="F104" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="B105" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>78</v>
+        <v>374</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="F105" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="B106" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>152</v>
+        <v>78</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="F106" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="B107" t="s">
+        <v>378</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D107" s="1" t="s">
-        <v>20</v>
+        <v>152</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="F107" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="B108" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>173</v>
+        <v>371</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="F108" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
+        <v>129</v>
+      </c>
+      <c r="B109" t="s">
+        <v>382</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="F109" t="s">
         <v>119</v>
-      </c>
-[...13 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="B110" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>155</v>
+        <v>383</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>210</v>
+        <v>386</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="F110" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B111" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>213</v>
+        <v>383</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>214</v>
+        <v>152</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="F111" t="s">
-        <v>383</v>
+        <v>119</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="B112" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>214</v>
+        <v>20</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="F112" t="s">
-        <v>383</v>
+        <v>119</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="B113" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="F113" t="s">
-        <v>390</v>
+        <v>119</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="B114" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>393</v>
+        <v>78</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="F114" t="s">
-        <v>395</v>
+        <v>119</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="B115" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>398</v>
+        <v>152</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F115" t="s">
-        <v>400</v>
+        <v>119</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="B116" t="s">
         <v>401</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D116" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="E116" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F116" t="s">
-        <v>404</v>
+        <v>119</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="B117" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>406</v>
+        <v>173</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>407</v>
+        <v>152</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="F117" t="s">
-        <v>409</v>
+        <v>119</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="B118" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>411</v>
+        <v>348</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>412</v>
+        <v>349</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="F118" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>416</v>
+        <v>155</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>417</v>
+        <v>210</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
       <c r="F119" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="B120" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>421</v>
+        <v>213</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>422</v>
+        <v>214</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>423</v>
+        <v>412</v>
       </c>
       <c r="F120" t="s">
-        <v>424</v>
+        <v>413</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="B121" t="s">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>426</v>
+        <v>415</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>427</v>
+        <v>214</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>428</v>
+        <v>412</v>
       </c>
       <c r="F121" t="s">
-        <v>429</v>
+        <v>413</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="B122" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>431</v>
+        <v>417</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>432</v>
+        <v>418</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>433</v>
+        <v>419</v>
       </c>
       <c r="F122" t="s">
-        <v>434</v>
+        <v>420</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="B123" t="s">
-        <v>435</v>
+        <v>421</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>165</v>
+        <v>422</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>436</v>
+        <v>423</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="F123" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B124" t="s">
-        <v>439</v>
+        <v>426</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>165</v>
+        <v>427</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
       <c r="F124" t="s">
-        <v>438</v>
+        <v>430</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="B125" t="s">
-        <v>442</v>
+        <v>431</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>165</v>
+        <v>422</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>443</v>
+        <v>432</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>444</v>
+        <v>433</v>
       </c>
       <c r="F125" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="B126" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>165</v>
+        <v>436</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="F126" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="B127" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>165</v>
+        <v>441</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>156</v>
+        <v>442</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="F127" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B128" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>160</v>
+        <v>446</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="F128" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="B129" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>165</v>
+        <v>451</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>166</v>
+        <v>452</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="F129" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="B130" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>160</v>
+        <v>456</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>152</v>
+        <v>457</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="F130" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="B131" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>160</v>
+        <v>461</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="F131" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="B132" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>156</v>
+        <v>466</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="F132" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B133" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>82</v>
+        <v>470</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="F133" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="B134" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>464</v>
+        <v>165</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="F134" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="B135" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>469</v>
+        <v>165</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="F135" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B136" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>469</v>
+        <v>165</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>473</v>
+        <v>156</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="F136" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="B137" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>477</v>
+        <v>160</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="F137" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="B138" t="s">
-        <v>468</v>
+        <v>485</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>469</v>
+        <v>165</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>481</v>
+        <v>166</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>471</v>
+        <v>486</v>
       </c>
       <c r="F138" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="B139" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>469</v>
+        <v>160</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>482</v>
+        <v>152</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
       <c r="F139" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="B140" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>469</v>
+        <v>160</v>
       </c>
       <c r="D140" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="E140" s="1" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="F140" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="B141" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>486</v>
+        <v>155</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>487</v>
+        <v>156</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="F141" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="B142" t="s">
+        <v>491</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="F142" t="s">
         <v>490</v>
-      </c>
-[...10 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="B143" t="s">
-        <v>468</v>
+        <v>493</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>469</v>
+        <v>494</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="F143" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B144" t="s">
-        <v>468</v>
+        <v>498</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>469</v>
+        <v>499</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="F144" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="B145" t="s">
-        <v>468</v>
+        <v>498</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>469</v>
+        <v>499</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>471</v>
+        <v>504</v>
       </c>
       <c r="F145" t="s">
-        <v>472</v>
+        <v>505</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="B146" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>152</v>
+        <v>508</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="F146" t="s">
-        <v>489</v>
+        <v>510</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="B147" t="s">
+        <v>498</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="F147" t="s">
         <v>502</v>
-      </c>
-[...10 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="B148" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="F148" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="B149" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>512</v>
+        <v>499</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>513</v>
       </c>
       <c r="E149" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="F149" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="B150" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="F150" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="B151" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="D151" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="F151" t="s">
         <v>519</v>
-      </c>
-[...4 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B152" t="s">
-        <v>520</v>
+        <v>498</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>165</v>
+        <v>499</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>446</v>
+        <v>522</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="F152" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B153" t="s">
-        <v>523</v>
+        <v>498</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>136</v>
+        <v>499</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>137</v>
+        <v>525</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F153" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="B154" t="s">
-        <v>526</v>
+        <v>498</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>165</v>
+        <v>499</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>166</v>
+        <v>528</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>527</v>
+        <v>501</v>
       </c>
       <c r="F154" t="s">
-        <v>528</v>
+        <v>502</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="B155" t="s">
         <v>529</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>160</v>
+        <v>530</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>482</v>
+        <v>152</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F155" t="s">
-        <v>531</v>
+        <v>519</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="B156" t="s">
         <v>532</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>533</v>
       </c>
       <c r="D156" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E156" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="E156" s="1" t="s">
+      <c r="F156" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="B157" t="s">
+        <v>536</v>
+      </c>
+      <c r="C157" s="1" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>538</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>539</v>
       </c>
       <c r="F157" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="B158" t="s">
         <v>541</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>165</v>
+        <v>542</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F158" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="B159" t="s">
+        <v>541</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="E159" s="1" t="s">
         <v>544</v>
-      </c>
-[...7 lines deleted...]
-        <v>542</v>
       </c>
       <c r="F159" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="B160" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="F160" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="B161" t="s">
+        <v>550</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E161" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="C161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D161" s="1" t="s">
+      <c r="F161" t="s">
         <v>552</v>
-      </c>
-[...4 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="B162" t="s">
+        <v>553</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="F162" t="s">
         <v>555</v>
-      </c>
-[...10 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="B163" t="s">
+        <v>556</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="F163" t="s">
         <v>558</v>
-      </c>
-[...10 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B164" t="s">
+        <v>559</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="F164" t="s">
         <v>561</v>
-      </c>
-[...10 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="B165" t="s">
+        <v>562</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="F165" t="s">
         <v>566</v>
-      </c>
-[...10 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="B166" t="s">
+        <v>567</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="E166" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="F166" t="s">
         <v>570</v>
-      </c>
-[...7 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="B167" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="F167" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="B168" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="F168" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="B169" t="s">
+        <v>576</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="F169" t="s">
         <v>580</v>
-      </c>
-[...10 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="B170" t="s">
+        <v>581</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="E170" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="C170" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E170" s="1" t="s">
+      <c r="F170" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="B171" t="s">
+        <v>585</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D171" s="1" t="s">
         <v>586</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>587</v>
       </c>
       <c r="F171" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="B172" t="s">
         <v>588</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>160</v>
+        <v>213</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>452</v>
+        <v>82</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>589</v>
       </c>
       <c r="F172" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="B173" t="s">
         <v>591</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>160</v>
+        <v>592</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="F173" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="B174" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>160</v>
+        <v>81</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>594</v>
+        <v>82</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="F174" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="B175" t="s">
+        <v>599</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="F175" t="s">
         <v>595</v>
-      </c>
-[...10 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="B176" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>161</v>
+        <v>604</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>589</v>
+        <v>605</v>
       </c>
       <c r="F176" t="s">
-        <v>590</v>
+        <v>606</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="B177" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>446</v>
+        <v>608</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>600</v>
+        <v>609</v>
       </c>
       <c r="F177" t="s">
-        <v>585</v>
+        <v>606</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="B178" t="s">
-        <v>601</v>
+        <v>610</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>602</v>
+        <v>165</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>319</v>
+        <v>611</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="F178" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="B179" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>606</v>
+        <v>165</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>607</v>
+        <v>476</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="F179" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="B180" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>611</v>
+        <v>165</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>612</v>
+        <v>166</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="F180" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B181" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>616</v>
+        <v>160</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>93</v>
+        <v>482</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="F181" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="B182" t="s">
+        <v>621</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="E182" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="F182" t="s">
         <v>620</v>
-      </c>
-[...7 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="B183" t="s">
+        <v>623</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D183" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E183" s="1" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="F183" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="B184" t="s">
+        <v>625</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="E184" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="C184" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F184" t="s">
-        <v>631</v>
+        <v>615</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="B185" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>633</v>
+        <v>160</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>634</v>
+        <v>161</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>635</v>
+        <v>619</v>
       </c>
       <c r="F185" t="s">
-        <v>636</v>
+        <v>620</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="B186" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>638</v>
+        <v>165</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>639</v>
+        <v>476</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
       <c r="F186" t="s">
-        <v>631</v>
+        <v>615</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="B187" t="s">
-        <v>641</v>
+        <v>631</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>643</v>
+        <v>349</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>644</v>
+        <v>633</v>
       </c>
       <c r="F187" t="s">
-        <v>645</v>
+        <v>634</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="B188" t="s">
-        <v>646</v>
+        <v>635</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>647</v>
+        <v>636</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>648</v>
+        <v>637</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>649</v>
+        <v>638</v>
       </c>
       <c r="F188" t="s">
-        <v>650</v>
+        <v>639</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="B189" t="s">
-        <v>651</v>
+        <v>640</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>652</v>
+        <v>641</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>653</v>
+        <v>642</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="F189" t="s">
-        <v>655</v>
+        <v>644</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="B190" t="s">
-        <v>656</v>
+        <v>645</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>657</v>
+        <v>646</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>658</v>
+        <v>93</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>659</v>
+        <v>647</v>
       </c>
       <c r="F190" t="s">
-        <v>660</v>
+        <v>648</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="B191" t="s">
-        <v>661</v>
+        <v>649</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>662</v>
+        <v>650</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>663</v>
+        <v>651</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>664</v>
+        <v>652</v>
       </c>
       <c r="F191" t="s">
-        <v>665</v>
+        <v>653</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="B192" t="s">
-        <v>666</v>
+        <v>654</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>667</v>
+        <v>646</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>668</v>
+        <v>93</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>669</v>
+        <v>655</v>
       </c>
       <c r="F192" t="s">
-        <v>670</v>
+        <v>656</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="B193" t="s">
-        <v>671</v>
+        <v>657</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>673</v>
+        <v>659</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>674</v>
+        <v>660</v>
       </c>
       <c r="F193" t="s">
-        <v>670</v>
+        <v>661</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="B194" t="s">
-        <v>675</v>
+        <v>662</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>676</v>
+        <v>663</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>677</v>
+        <v>664</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>678</v>
+        <v>665</v>
       </c>
       <c r="F194" t="s">
-        <v>679</v>
+        <v>666</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="B195" t="s">
-        <v>680</v>
+        <v>667</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>681</v>
+        <v>668</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>682</v>
+        <v>669</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>683</v>
+        <v>670</v>
       </c>
       <c r="F195" t="s">
-        <v>684</v>
+        <v>661</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="B196" t="s">
-        <v>685</v>
+        <v>671</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>686</v>
+        <v>672</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>687</v>
+        <v>673</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>688</v>
+        <v>674</v>
       </c>
       <c r="F196" t="s">
-        <v>689</v>
+        <v>675</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="B197" t="s">
-        <v>690</v>
+        <v>676</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>691</v>
+        <v>677</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>516</v>
+        <v>678</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>692</v>
+        <v>679</v>
       </c>
       <c r="F197" t="s">
-        <v>693</v>
+        <v>680</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="B198" t="s">
-        <v>694</v>
+        <v>681</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>696</v>
+        <v>684</v>
       </c>
       <c r="F198" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="B199" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>699</v>
+        <v>687</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="F199" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B200" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>705</v>
+        <v>693</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>706</v>
+        <v>694</v>
       </c>
       <c r="F200" t="s">
-        <v>707</v>
+        <v>695</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="B201" t="s">
-        <v>708</v>
+        <v>696</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>709</v>
+        <v>697</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>710</v>
+        <v>698</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>711</v>
+        <v>699</v>
       </c>
       <c r="F201" t="s">
-        <v>712</v>
+        <v>700</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B202" t="s">
-        <v>713</v>
+        <v>701</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>714</v>
+        <v>702</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>715</v>
+        <v>703</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>716</v>
+        <v>704</v>
       </c>
       <c r="F202" t="s">
-        <v>717</v>
+        <v>700</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="B203" t="s">
-        <v>718</v>
+        <v>705</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>719</v>
+        <v>706</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>720</v>
+        <v>707</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>564</v>
+        <v>708</v>
       </c>
       <c r="F203" t="s">
-        <v>565</v>
+        <v>709</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="B204" t="s">
-        <v>675</v>
+        <v>710</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>82</v>
+        <v>712</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>567</v>
+        <v>713</v>
       </c>
       <c r="F204" t="s">
-        <v>679</v>
+        <v>714</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="B205" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="C205" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="F205" t="s">
         <v>719</v>
-      </c>
-[...7 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="B206" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>482</v>
+        <v>546</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="F206" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B207" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>730</v>
+        <v>698</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="F207" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="B208" t="s">
+        <v>728</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="F208" t="s">
         <v>732</v>
-      </c>
-[...10 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B209" t="s">
+        <v>733</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="D209" s="1" t="s">
         <v>735</v>
-      </c>
-[...4 lines deleted...]
-        <v>498</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>736</v>
       </c>
       <c r="F209" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B210" t="s">
         <v>738</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>739</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>740</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>575</v>
+        <v>741</v>
       </c>
       <c r="F210" t="s">
-        <v>576</v>
+        <v>742</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B211" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>516</v>
+        <v>745</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>579</v>
+        <v>746</v>
       </c>
       <c r="F211" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B212" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="F212" t="s">
-        <v>576</v>
+        <v>595</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B213" t="s">
-        <v>745</v>
+        <v>705</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>739</v>
+        <v>751</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>482</v>
+        <v>82</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>584</v>
+        <v>597</v>
       </c>
       <c r="F213" t="s">
-        <v>585</v>
+        <v>709</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B214" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>498</v>
+        <v>753</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>748</v>
+        <v>602</v>
       </c>
       <c r="F214" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B215" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>751</v>
+        <v>512</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>597</v>
+        <v>756</v>
       </c>
       <c r="F215" t="s">
-        <v>585</v>
+        <v>757</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="B216" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>482</v>
+        <v>760</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>600</v>
+        <v>761</v>
       </c>
       <c r="F216" t="s">
-        <v>585</v>
+        <v>757</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
+        <v>10</v>
+      </c>
+      <c r="B217" t="s">
+        <v>762</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="E217" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="F217" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6">
+      <c r="A218">
+        <v>9</v>
+      </c>
+      <c r="B218" t="s">
+        <v>765</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="F218" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6">
+      <c r="A219">
+        <v>8</v>
+      </c>
+      <c r="B219" t="s">
+        <v>768</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="F219" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6">
+      <c r="A220">
+        <v>7</v>
+      </c>
+      <c r="B220" t="s">
+        <v>771</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="F220" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221">
+        <v>6</v>
+      </c>
+      <c r="B221" t="s">
+        <v>773</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="F221" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6">
+      <c r="A222">
+        <v>5</v>
+      </c>
+      <c r="B222" t="s">
+        <v>775</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E222" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="F222" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6">
+      <c r="A223">
+        <v>4</v>
+      </c>
+      <c r="B223" t="s">
+        <v>776</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="F223" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6">
+      <c r="A224">
+        <v>3</v>
+      </c>
+      <c r="B224" t="s">
+        <v>779</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="F224" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6">
+      <c r="A225">
+        <v>2</v>
+      </c>
+      <c r="B225" t="s">
+        <v>782</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="F225" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="A226">
         <v>1</v>
       </c>
-      <c r="B217" t="s">
+      <c r="B226" t="s">
         <v>59</v>
       </c>
-      <c r="C217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D217" s="1" t="s">
+      <c r="C226" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="D226" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="E217" s="1" t="s">
-[...3 lines deleted...]
-        <v>756</v>
+      <c r="E226" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="F226" t="s">
+        <v>786</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">