--- v1 (2025-12-18)
+++ v2 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="787">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="877">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>20250509.IN.001/2025/2025</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de assinatura anual de acesso à ferram...</t>
   </si>
@@ -628,64 +628,100 @@
   </si>
   <si>
     <t>Oliveira Castro Serviços e Comercios LTDA-ME
 17.226.183/0001-60</t>
   </si>
   <si>
     <t>22/09/2021
 12.139,51</t>
   </si>
   <si>
     <t>20240930.D.004/2024/2024</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de empresa especializada para prestaçã...</t>
   </si>
   <si>
     <t>FT EVENTOS LTDA
 19.796.992/0001-33</t>
   </si>
   <si>
     <t>30/08/2024
 28.200,00</t>
   </si>
   <si>
+    <t>20251216425/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Locação de um imóvel, para atender as demandas de...</t>
+  </si>
+  <si>
+    <t>TIMBIRA SHOPPING ADMINISTRADORA E SERVIÇOS LTDA
+60.831.240/0001-60</t>
+  </si>
+  <si>
+    <t>16/12/2025
+240.000,00</t>
+  </si>
+  <si>
+    <t>16/12/2025 a 16/12/2026</t>
+  </si>
+  <si>
     <t>001/2024</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Registro de preços para eventual prestação dos ser...</t>
   </si>
   <si>
     <t>20/08/2024
 53.099,00</t>
   </si>
   <si>
     <t>20/08/2024 a 31/12/2024</t>
   </si>
   <si>
+    <t>20251218325/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>DANIEL LEITE ADVOGADOS ASSOCIADOS
+09.181.344/0001-19</t>
+  </si>
+  <si>
+    <t>18/12/2025
+180.000,00</t>
+  </si>
+  <si>
+    <t>18/12/2025 a 18/12/2026</t>
+  </si>
+  <si>
     <t>01/08/2024
 115.141,64</t>
   </si>
   <si>
     <t>01/08/2024 a 31/12/2024</t>
   </si>
   <si>
     <t>20240827.D.005/2024/2024</t>
   </si>
   <si>
     <t>M. A. DE O. COSTA
 24.196.494/0001-90</t>
   </si>
   <si>
     <t>27/08/2024
 48.700,00</t>
   </si>
   <si>
     <t>27/08/2024 a 31/12/2024</t>
   </si>
   <si>
     <t>20240702.D.002/2024/2024</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
@@ -709,203 +745,476 @@
     <t xml:space="preserve">26/06/2024
 </t>
   </si>
   <si>
     <t>02/07/2024 a 02/09/2024</t>
   </si>
   <si>
     <t>20240220.TP003.2023/2024</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de empresa prestadora de serviços de s...</t>
   </si>
   <si>
     <t>DALLAS SST EMPREENDIMENTO LTDA
 39.994.677/0001-28</t>
   </si>
   <si>
     <t>20/02/2024
 73.100,00</t>
   </si>
   <si>
     <t>20/02/2024 a 20/02/2025</t>
   </si>
   <si>
+    <t>202512111425/2025</t>
+  </si>
+  <si>
+    <t>BRASITUR EVENTOS E TURISMO LTDA
+23.361.387/0001-07</t>
+  </si>
+  <si>
+    <t>11/12/2025
+110.005,00</t>
+  </si>
+  <si>
+    <t>11/12/2025 a 11/12/2026</t>
+  </si>
+  <si>
     <t>20231222.TP.002/2023/2023</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de empresa de engenharia para elaboraç...</t>
   </si>
   <si>
     <t>ENGTRADER LTDA
 46.731.052/0001-39</t>
   </si>
   <si>
     <t>22/12/2023
 543.199,44</t>
   </si>
   <si>
     <t>22/12/2023 a 22/12/2024</t>
   </si>
   <si>
+    <t>202512011325/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa especializada no Contrataçã...</t>
+  </si>
+  <si>
+    <t>W E COMERCIO E SERVICOS LTDA
+52.246.769/0001-98</t>
+  </si>
+  <si>
+    <t>01/12/2025
+268.000,00</t>
+  </si>
+  <si>
+    <t>01/12/2025 a 01/12/2026</t>
+  </si>
+  <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de empresa de engenharia, para executa...</t>
   </si>
   <si>
     <t>C K DE L MADEIRA CONSTRUTORA
 42.731.815/0001-90</t>
   </si>
   <si>
     <t xml:space="preserve">15/06/2024
 </t>
   </si>
   <si>
     <t>21/06/2024 a 21/08/2024</t>
   </si>
   <si>
     <t>01/2024</t>
   </si>
   <si>
     <t>19/04/2024
 23.686,82</t>
   </si>
   <si>
     <t>22/04/2024 a 22/06/2024</t>
   </si>
   <si>
     <t>20240220/TP.005/2023/2024</t>
   </si>
   <si>
     <t>20/02/2024
 96.997,64</t>
   </si>
   <si>
     <t>20/02/2024 a 20/04/2024</t>
   </si>
   <si>
+    <t>20251201325/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa de engenharia especializada...</t>
+  </si>
+  <si>
+    <t>CONSTRUTORA CAMPOS LTDA
+07.214.148/0001-78</t>
+  </si>
+  <si>
+    <t>01/12/2025
+4.282.427,00</t>
+  </si>
+  <si>
+    <t>01/12/25 a 01/12/2026</t>
+  </si>
+  <si>
     <t>Cl COMUNICACAO INFORMACAO EIRELI
 07.461.897/0001-08</t>
   </si>
   <si>
     <t>10/05/2024
 360.000,00</t>
   </si>
   <si>
     <t>13/05/2024 a 12/05/2025</t>
   </si>
   <si>
+    <t>2025121912256/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa especializada no fornecimen...</t>
+  </si>
+  <si>
+    <t>FAP TECNOLOGIA E SOLUCOES LTDA
+55.935.697/0001-84</t>
+  </si>
+  <si>
+    <t>19/12/2025
+10.520,00</t>
+  </si>
+  <si>
+    <t>19/12/2025 a 19/12/2026</t>
+  </si>
+  <si>
+    <t>2025121912258/2025</t>
+  </si>
+  <si>
+    <t>TREER TECNOLOGY LTDA
+41.680.761/0001-19</t>
+  </si>
+  <si>
+    <t>19/12/2025
+87.486,00</t>
+  </si>
+  <si>
+    <t>2025121912259/2025</t>
+  </si>
+  <si>
+    <t>PRIMEIRO TIME INFORMATICA LTDA
+06.012.469/0001-27</t>
+  </si>
+  <si>
+    <t>19/12/2025
+59.600,00</t>
+  </si>
+  <si>
+    <t>20251219122510/2025</t>
+  </si>
+  <si>
+    <t>Vinicius Chaves dos Santos - EPP
+05.207.424/0001-45</t>
+  </si>
+  <si>
+    <t>19/12/2025
+3.967,00</t>
+  </si>
+  <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de empresa especializada para a Presta...</t>
   </si>
   <si>
     <t>CANAL SERVICE LTDA-EPP
 63.537.096/0001-41</t>
   </si>
   <si>
     <t>02/05/2024
 1.575.000,00</t>
   </si>
   <si>
     <t>06/05/2024 a 06/05/2025</t>
   </si>
   <si>
+    <t>2025121912251/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025
+195.700,00</t>
+  </si>
+  <si>
+    <t>2025121912252/2025</t>
+  </si>
+  <si>
+    <t>REDE WEB INTERNET LTDA
+38.033.895/0001-33</t>
+  </si>
+  <si>
+    <t>19/12/2025
+70.323,79</t>
+  </si>
+  <si>
+    <t>2025121912253/2025</t>
+  </si>
+  <si>
+    <t>ALLSET TECNOLOGIA LTDA
+55.149.591/0002-36</t>
+  </si>
+  <si>
+    <t>19/12/2025
+13.480,50</t>
+  </si>
+  <si>
+    <t>2025121912254/2025</t>
+  </si>
+  <si>
+    <t>MAX QUALITY COMERCIO LTDA
+42.810.782/0001-74</t>
+  </si>
+  <si>
+    <t>19/12/2025
+1.929,20</t>
+  </si>
+  <si>
+    <t>2025121912255/2025</t>
+  </si>
+  <si>
+    <t>LEIDE CRISTINA RODRIGUES DA ENCARNACAO
+49.300.396/0001-81</t>
+  </si>
+  <si>
+    <t>19/12/2025
+15.375,96</t>
+  </si>
+  <si>
+    <t>202512310251/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Registro de Preços para a Contratação de empresa e...</t>
+  </si>
+  <si>
+    <t>ULISSES GUIMARAES ANACLETO LOJA DE VARIEDADES
+34.290.686/0001-14</t>
+  </si>
+  <si>
+    <t>03/12/2025
+207.641,70</t>
+  </si>
+  <si>
+    <t>03/12/2025 a 03/12/2026</t>
+  </si>
+  <si>
+    <t>202512310252/2025</t>
+  </si>
+  <si>
+    <t>03/12/2025
+70.575,00</t>
+  </si>
+  <si>
+    <t>202512310253/2025</t>
+  </si>
+  <si>
+    <t>MEGA EMPREENDIMENTOS LTDA
+29.130.301/0001-11</t>
+  </si>
+  <si>
+    <t>09/12/2025
+62.000,00</t>
+  </si>
+  <si>
+    <t>09/12/2025 a 09/12/2026</t>
+  </si>
+  <si>
+    <t>202512310254/2025</t>
+  </si>
+  <si>
+    <t>2WE CORPORATIVOS LTDA
+61.331.581/0001-39</t>
+  </si>
+  <si>
+    <t>04/12/2025
+16.720,00</t>
+  </si>
+  <si>
+    <t>04/12/2025 a 04/12/2026</t>
+  </si>
+  <si>
     <t>05/2024</t>
   </si>
   <si>
     <t xml:space="preserve">29/04/2024
 </t>
   </si>
   <si>
     <t>01/05/2024 a 01/07/2024</t>
   </si>
   <si>
+    <t>20251031925/2025</t>
+  </si>
+  <si>
+    <t>M. DA S. MESQUITA SERVIÇOS E TECNOLOGIA LTDA
+16.799.630/0001-08</t>
+  </si>
+  <si>
+    <t>31/10/2025
+189.900,00</t>
+  </si>
+  <si>
+    <t>31/10/2025 a 31/10/2026</t>
+  </si>
+  <si>
+    <t>20251119225/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa especializada na execução d...</t>
+  </si>
+  <si>
+    <t>HDLIMA EMPREENDIMENTOS E SERVICOS LTDA
+49.425.072/0001-70</t>
+  </si>
+  <si>
+    <t>19/11/2025
+523.054,65</t>
+  </si>
+  <si>
+    <t>19/11/2025 a 19/11/2026</t>
+  </si>
+  <si>
     <t xml:space="preserve">29/02/2024
 </t>
   </si>
   <si>
     <t>01/03/2024 a 01/05/2024</t>
   </si>
   <si>
     <t>19/02/2024
 144.887,60</t>
   </si>
   <si>
+    <t>202510098251/2025</t>
+  </si>
+  <si>
+    <t>VALE COMERCIO DE MATERIAIS LTDA
+49.287.699/0001-01</t>
+  </si>
+  <si>
+    <t>09/10/2025
+76.880,00</t>
+  </si>
+  <si>
+    <t>09/10/2025 a 09/10/2026</t>
+  </si>
+  <si>
+    <t>202510098252/2025</t>
+  </si>
+  <si>
+    <t>SOUL DISTRIBUIDORA DE PRODUTOS E EQUIPAMENTOS INDUSTRIAIS LTDA
+51.561.136/0001-49</t>
+  </si>
+  <si>
+    <t>09/10/2025
+15.753,99</t>
+  </si>
+  <si>
+    <t>202510098253/2025</t>
+  </si>
+  <si>
+    <t>ALCANCE VIBE LTDA
+20.819.329/0001-96</t>
+  </si>
+  <si>
+    <t>09/10/2025
+5.757,00</t>
+  </si>
+  <si>
+    <t>202510098254/2025</t>
+  </si>
+  <si>
+    <t>GLOBAL PRODUTOS E SERVICOS LTDA
+54.203.446/0001-42</t>
+  </si>
+  <si>
+    <t>09/10/2025
+30.929,97</t>
+  </si>
+  <si>
     <t>Diretoria Legislativa
 Registro de Preços para prestação de serviços terc...</t>
   </si>
   <si>
     <t>23/05/2023
 606.215,16</t>
   </si>
   <si>
     <t>24/05/2023 a 24/05/2024</t>
   </si>
   <si>
     <t>202509057251/2025</t>
   </si>
   <si>
-    <t>Comissão Permanente de Licitação
-[...2 lines deleted...]
-  <si>
     <t>08/09/2025
 127.496,53</t>
   </si>
   <si>
     <t>08/09/2025 a 08/09/2026</t>
   </si>
   <si>
     <t>202509057252/2025</t>
   </si>
   <si>
-    <t>W E COMERCIO E SERVICOS LTDA
-[...2 lines deleted...]
-  <si>
     <t>05/09/2025
 155.284,74</t>
   </si>
   <si>
     <t>05/09/2025 a 05/09/2026</t>
   </si>
   <si>
     <t>202510097253/2025</t>
   </si>
   <si>
     <t>CASA DA IMPRESSÃO LTDA
 16.465.371/0001-89</t>
   </si>
   <si>
     <t>09/10/2025
 6.416,53</t>
   </si>
   <si>
-    <t>09/10/2025 a 09/10/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>20251097254/2025</t>
   </si>
   <si>
     <t>R B COMUNICAÇÃO VISUAL LTDA
 27.232.288/0001-86</t>
   </si>
   <si>
     <t>09/10/2025
 14.108,10</t>
   </si>
   <si>
     <t>202510097255/2025</t>
   </si>
   <si>
     <t>SAKADA INDUSTRIA COMUNICACAO E EVENTOS LTDA
 29.129.687/0001-41</t>
   </si>
   <si>
     <t>09/10/2025
 1.425,00</t>
   </si>
   <si>
     <t>06/03/2024
 231.087,24</t>
   </si>
@@ -1019,50 +1328,68 @@
   <si>
     <t>21/07/2025
 344.070,00</t>
   </si>
   <si>
     <t>21/07/2025 a 21/07/2026</t>
   </si>
   <si>
     <t>02/2023</t>
   </si>
   <si>
     <t>16/05/2023
 300.000,00</t>
   </si>
   <si>
     <t>16/05/2023 a</t>
   </si>
   <si>
     <t>23/12/2022
 1.200.000,00</t>
   </si>
   <si>
     <t>02/01/2023 a 02/10/2023</t>
   </si>
   <si>
+    <t>20260105125/2026</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de serviços de publicidade prestados p...</t>
+  </si>
+  <si>
+    <t>PROPAG COMUNICAÇÃO LTDA
+41.386.038/0001-21</t>
+  </si>
+  <si>
+    <t>05/01/2026
+1.500.000,00</t>
+  </si>
+  <si>
+    <t>05/01/2026 a 05/01/2027</t>
+  </si>
+  <si>
     <t>20220329.C.002/2021/2021</t>
   </si>
   <si>
     <t>29/03/2022
 1.200.000,00</t>
   </si>
   <si>
     <t>29/03/2022 a 31/12/2022</t>
   </si>
   <si>
     <t>02/05/2023
 1.260.000,00</t>
   </si>
   <si>
     <t>04/05/2023 a 04/05/2024</t>
   </si>
   <si>
     <t>20250704.PE004/2025/2025</t>
   </si>
   <si>
     <t>R PEREIRA DE LIMA EMPREENDIMENTOS LTDA
 42.690.406/0001-93</t>
   </si>
   <si>
     <t>04/07/2025
@@ -1255,54 +1582,50 @@
   </si>
   <si>
     <t xml:space="preserve">29/12/2023
 </t>
   </si>
   <si>
     <t>02/01/2024 a 02/03/2024</t>
   </si>
   <si>
     <t xml:space="preserve">27/10/2023
 </t>
   </si>
   <si>
     <t>31/10/2023 a 31/12/2023</t>
   </si>
   <si>
     <t>29/01/2024
 49.999,98</t>
   </si>
   <si>
     <t>02/02/2024 a 02/02/2025</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de pessoa jurídica de direito privado...</t>
-  </si>
-[...2 lines deleted...]
-09.181.344/0001-19</t>
   </si>
   <si>
     <t>06/04/2024
 180.000,00</t>
   </si>
   <si>
     <t>06/04/2024 a 06/04/2025</t>
   </si>
   <si>
     <t>24/04/2023
 549.983,44</t>
   </si>
   <si>
     <t>27/03/2023 a 27/03/2024</t>
   </si>
   <si>
     <t>20220426.TP001/2022/2022</t>
   </si>
   <si>
     <t>26/04/2022
 520.000,00</t>
   </si>
   <si>
     <t>26/04/2022 a 26/04/2023</t>
   </si>
@@ -3172,54 +3495,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F226"/>
+  <dimension ref="A1:F251"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E226" sqref="E226"/>
+      <selection activeCell="E251" sqref="E251"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -4071,3677 +4394,4177 @@
       </c>
       <c r="C44" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>170</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F44" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
         <v>180</v>
       </c>
       <c r="B45" t="s">
         <v>172</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>173</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>152</v>
+        <v>174</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F45" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
+        <v>180</v>
+      </c>
+      <c r="B46" t="s">
+        <v>177</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E46" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B46" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F46" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B47" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="F47" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B48" t="s">
-        <v>182</v>
+        <v>110</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>183</v>
+        <v>111</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>184</v>
+        <v>112</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F48" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B49" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>65</v>
+        <v>169</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>66</v>
+        <v>189</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F49" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B50" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F50" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B51" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>196</v>
+        <v>65</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>197</v>
+        <v>66</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>198</v>
       </c>
       <c r="F51" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B52" t="s">
-        <v>88</v>
+        <v>200</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F52" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B53" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F53" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B54" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="F54" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B55" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>155</v>
+        <v>215</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="F55" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B56" t="s">
         <v>88</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="F56" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B57" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>65</v>
+        <v>219</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>66</v>
+        <v>220</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="F57" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B58" t="s">
-        <v>135</v>
+        <v>226</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>65</v>
+        <v>219</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>66</v>
+        <v>220</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="F58" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="B59" t="s">
-        <v>140</v>
+        <v>229</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>65</v>
+        <v>230</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>66</v>
+        <v>231</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="F59" t="s">
-        <v>209</v>
+        <v>233</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="B60" t="s">
-        <v>154</v>
+        <v>223</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>223</v>
+        <v>155</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>137</v>
+        <v>234</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="F60" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B61" t="s">
-        <v>226</v>
+        <v>237</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>41</v>
+        <v>239</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="F61" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B62" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="F62" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B63" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="F63" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B64" t="s">
+        <v>248</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" s="1" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="F64" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B65" t="s">
-        <v>241</v>
+        <v>88</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>227</v>
+        <v>251</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="F65" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B66" t="s">
-        <v>204</v>
+        <v>255</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>136</v>
+        <v>238</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>137</v>
+        <v>216</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F66" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B67" t="s">
-        <v>246</v>
+        <v>257</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="F67" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B68" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="F68" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B69" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="F69" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B70" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="F70" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B71" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="F71" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B72" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>227</v>
+        <v>270</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>265</v>
+        <v>216</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="F72" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="B73" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="F73" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="B74" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>227</v>
+        <v>270</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="F74" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="B75" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>144</v>
+        <v>65</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="F75" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="B76" t="s">
-        <v>154</v>
+        <v>287</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>144</v>
+        <v>182</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>56</v>
+        <v>288</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="F76" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="B77" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>144</v>
+        <v>292</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>56</v>
+        <v>293</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="F77" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="B78" t="s">
-        <v>154</v>
+        <v>135</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>213</v>
+        <v>65</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="F78" t="s">
-        <v>286</v>
+        <v>297</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="B79" t="s">
-        <v>287</v>
+        <v>140</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>227</v>
+        <v>65</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>288</v>
+        <v>66</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="F79" t="s">
-        <v>290</v>
+        <v>228</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="B80" t="s">
-        <v>154</v>
+        <v>299</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>291</v>
+        <v>238</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="F80" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="B81" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>296</v>
+        <v>238</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="F81" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="B82" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>296</v>
+        <v>238</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>41</v>
+        <v>307</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>301</v>
+        <v>308</v>
       </c>
       <c r="F82" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="B83" t="s">
+        <v>309</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F83" t="s">
         <v>302</v>
-      </c>
-[...10 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B84" t="s">
-        <v>305</v>
+        <v>154</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>306</v>
+        <v>137</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="F84" t="s">
-        <v>299</v>
+        <v>314</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B85" t="s">
-        <v>308</v>
+        <v>315</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>296</v>
+        <v>182</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>309</v>
+        <v>41</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="F85" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B86" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>296</v>
+        <v>182</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>313</v>
+        <v>216</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="F86" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="B87" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>291</v>
+        <v>182</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>292</v>
+        <v>322</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="F87" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="B88" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>116</v>
+        <v>182</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>20</v>
+        <v>325</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="F88" t="s">
-        <v>119</v>
+        <v>302</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="B89" t="s">
-        <v>154</v>
+        <v>327</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>92</v>
+        <v>182</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>93</v>
+        <v>328</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="F89" t="s">
-        <v>321</v>
+        <v>302</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>149</v>
+        <v>162</v>
       </c>
       <c r="B90" t="s">
-        <v>154</v>
+        <v>223</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>269</v>
+        <v>136</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>270</v>
+        <v>137</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="F90" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="B91" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>269</v>
+        <v>182</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>270</v>
+        <v>333</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="F91" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>147</v>
+        <v>162</v>
       </c>
       <c r="B92" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>328</v>
+        <v>182</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="F92" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="B93" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>333</v>
+        <v>182</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="E93" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="F93" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>144</v>
+        <v>162</v>
       </c>
       <c r="B94" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>333</v>
+        <v>182</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="F94" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="B95" t="s">
-        <v>277</v>
+        <v>345</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>66</v>
+        <v>347</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="F95" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="B96" t="s">
-        <v>154</v>
+        <v>350</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>341</v>
+        <v>182</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>66</v>
+        <v>351</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="F96" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="B97" t="s">
-        <v>204</v>
+        <v>354</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>155</v>
+        <v>355</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>82</v>
+        <v>356</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="F97" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="B98" t="s">
-        <v>204</v>
+        <v>359</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>348</v>
+        <v>182</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="F98" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="B99" t="s">
-        <v>154</v>
+        <v>363</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>89</v>
+        <v>144</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="F99" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="B100" t="s">
-        <v>354</v>
+        <v>154</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>89</v>
+        <v>144</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="F100" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="B101" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="F101" t="s">
-        <v>361</v>
+        <v>372</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="B102" t="s">
-        <v>362</v>
+        <v>373</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>65</v>
+        <v>144</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>363</v>
+        <v>374</v>
       </c>
       <c r="F102" t="s">
-        <v>364</v>
+        <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="B103" t="s">
-        <v>365</v>
+        <v>154</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>366</v>
+        <v>251</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>367</v>
+        <v>252</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="F103" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>134</v>
+        <v>156</v>
       </c>
       <c r="B104" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>371</v>
+        <v>182</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>98</v>
+        <v>379</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="F104" t="s">
-        <v>119</v>
+        <v>381</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>133</v>
+        <v>155</v>
       </c>
       <c r="B105" t="s">
-        <v>373</v>
+        <v>154</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
       <c r="F105" t="s">
-        <v>119</v>
+        <v>385</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>132</v>
+        <v>155</v>
       </c>
       <c r="B106" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>78</v>
+        <v>388</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="F106" t="s">
-        <v>119</v>
+        <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>131</v>
+        <v>155</v>
       </c>
       <c r="B107" t="s">
-        <v>378</v>
+        <v>391</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>152</v>
+        <v>41</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="F107" t="s">
-        <v>119</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="B108" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>20</v>
+        <v>394</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="F108" t="s">
-        <v>119</v>
+        <v>390</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>129</v>
+        <v>155</v>
       </c>
       <c r="B109" t="s">
-        <v>382</v>
+        <v>396</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>78</v>
+        <v>397</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
       <c r="F109" t="s">
-        <v>119</v>
+        <v>390</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>128</v>
+        <v>155</v>
       </c>
       <c r="B110" t="s">
-        <v>385</v>
+        <v>399</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>386</v>
+        <v>400</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="F110" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>127</v>
+        <v>155</v>
       </c>
       <c r="B111" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>152</v>
+        <v>404</v>
       </c>
       <c r="E111" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="F111" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>126</v>
+        <v>154</v>
       </c>
       <c r="B112" t="s">
-        <v>391</v>
+        <v>406</v>
       </c>
       <c r="C112" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" s="1" t="s">
-        <v>392</v>
+        <v>407</v>
       </c>
       <c r="F112" t="s">
-        <v>119</v>
+        <v>408</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>125</v>
+        <v>151</v>
       </c>
       <c r="B113" t="s">
-        <v>393</v>
+        <v>409</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>394</v>
+        <v>116</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>395</v>
+        <v>20</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>396</v>
+        <v>410</v>
       </c>
       <c r="F113" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="B114" t="s">
-        <v>397</v>
+        <v>154</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>394</v>
+        <v>92</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="F114" t="s">
-        <v>119</v>
+        <v>412</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>123</v>
+        <v>149</v>
       </c>
       <c r="B115" t="s">
-        <v>399</v>
+        <v>154</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>394</v>
+        <v>355</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>152</v>
+        <v>356</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>400</v>
+        <v>413</v>
       </c>
       <c r="F115" t="s">
-        <v>119</v>
+        <v>414</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>122</v>
+        <v>148</v>
       </c>
       <c r="B116" t="s">
-        <v>401</v>
+        <v>415</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>394</v>
+        <v>355</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>20</v>
+        <v>356</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>402</v>
+        <v>416</v>
       </c>
       <c r="F116" t="s">
-        <v>119</v>
+        <v>417</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="B117" t="s">
-        <v>403</v>
+        <v>418</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>173</v>
+        <v>419</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>152</v>
+        <v>420</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="F117" t="s">
-        <v>119</v>
+        <v>422</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>119</v>
+        <v>146</v>
       </c>
       <c r="B118" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>348</v>
+        <v>424</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>349</v>
+        <v>425</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>406</v>
+        <v>426</v>
       </c>
       <c r="F118" t="s">
-        <v>407</v>
+        <v>427</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>118</v>
+        <v>144</v>
       </c>
       <c r="B119" t="s">
-        <v>408</v>
+        <v>428</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>155</v>
+        <v>424</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>210</v>
+        <v>429</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>409</v>
+        <v>430</v>
       </c>
       <c r="F119" t="s">
-        <v>410</v>
+        <v>431</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="B120" t="s">
-        <v>411</v>
+        <v>363</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>213</v>
+        <v>432</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>412</v>
+        <v>433</v>
       </c>
       <c r="F120" t="s">
-        <v>413</v>
+        <v>434</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="B121" t="s">
-        <v>414</v>
+        <v>154</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>415</v>
+        <v>432</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>412</v>
+        <v>435</v>
       </c>
       <c r="F121" t="s">
-        <v>413</v>
+        <v>436</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="B122" t="s">
-        <v>416</v>
+        <v>223</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>417</v>
+        <v>155</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>418</v>
+        <v>82</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>419</v>
+        <v>437</v>
       </c>
       <c r="F122" t="s">
-        <v>420</v>
+        <v>438</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>114</v>
+        <v>140</v>
       </c>
       <c r="B123" t="s">
-        <v>421</v>
+        <v>223</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>422</v>
+        <v>439</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>423</v>
+        <v>183</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>424</v>
+        <v>440</v>
       </c>
       <c r="F123" t="s">
-        <v>425</v>
+        <v>441</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>113</v>
+        <v>139</v>
       </c>
       <c r="B124" t="s">
-        <v>426</v>
+        <v>154</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>427</v>
+        <v>89</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>428</v>
+        <v>82</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="F124" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>112</v>
+        <v>138</v>
       </c>
       <c r="B125" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>422</v>
+        <v>89</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>432</v>
+        <v>82</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="F125" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="B126" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>436</v>
+        <v>448</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="F126" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="B127" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>441</v>
+        <v>65</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>442</v>
+        <v>66</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="F127" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="B128" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="F128" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>108</v>
+        <v>134</v>
       </c>
       <c r="B129" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="F129" t="s">
-        <v>454</v>
+        <v>119</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>107</v>
+        <v>133</v>
       </c>
       <c r="B130" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="F130" t="s">
-        <v>459</v>
+        <v>119</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>106</v>
+        <v>132</v>
       </c>
       <c r="B131" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>461</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>462</v>
+        <v>78</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="F131" t="s">
-        <v>464</v>
+        <v>119</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>165</v>
+        <v>461</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>466</v>
+        <v>152</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="F132" t="s">
-        <v>468</v>
+        <v>119</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>104</v>
+        <v>130</v>
       </c>
       <c r="B133" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>165</v>
+        <v>461</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>470</v>
+        <v>20</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>471</v>
       </c>
       <c r="F133" t="s">
-        <v>468</v>
+        <v>119</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>103</v>
+        <v>129</v>
       </c>
       <c r="B134" t="s">
         <v>472</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>165</v>
+        <v>473</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>473</v>
+        <v>78</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>474</v>
       </c>
       <c r="F134" t="s">
-        <v>468</v>
+        <v>119</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>102</v>
+        <v>128</v>
       </c>
       <c r="B135" t="s">
         <v>475</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>165</v>
+        <v>473</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>476</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>477</v>
       </c>
       <c r="F135" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>101</v>
+        <v>127</v>
       </c>
       <c r="B136" t="s">
         <v>479</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>165</v>
+        <v>473</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>480</v>
       </c>
       <c r="F136" t="s">
-        <v>478</v>
+        <v>119</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>100</v>
+        <v>126</v>
       </c>
       <c r="B137" t="s">
         <v>481</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>160</v>
+        <v>473</v>
       </c>
       <c r="D137" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="E137" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F137" t="s">
-        <v>484</v>
+        <v>119</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="B138" t="s">
+        <v>483</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D138" s="1" t="s">
         <v>485</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>486</v>
       </c>
       <c r="F138" t="s">
-        <v>478</v>
+        <v>119</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>98</v>
+        <v>124</v>
       </c>
       <c r="B139" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>160</v>
+        <v>484</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>152</v>
+        <v>78</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F139" t="s">
-        <v>484</v>
+        <v>119</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>97</v>
+        <v>123</v>
       </c>
       <c r="B140" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>160</v>
+        <v>484</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>487</v>
+        <v>152</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="F140" t="s">
-        <v>484</v>
+        <v>119</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>96</v>
+        <v>122</v>
       </c>
       <c r="B141" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>155</v>
+        <v>484</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>156</v>
+        <v>20</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="F141" t="s">
-        <v>490</v>
+        <v>119</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="B142" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>82</v>
+        <v>152</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="F142" t="s">
-        <v>490</v>
+        <v>119</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="B143" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>494</v>
+        <v>439</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>495</v>
+        <v>183</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>496</v>
       </c>
       <c r="F143" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>93</v>
+        <v>118</v>
       </c>
       <c r="B144" t="s">
         <v>498</v>
       </c>
       <c r="C144" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E144" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="D144" s="1" t="s">
+      <c r="F144" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>92</v>
+        <v>117</v>
       </c>
       <c r="B145" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>499</v>
+        <v>251</v>
       </c>
       <c r="D145" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="F145" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>91</v>
+        <v>116</v>
       </c>
       <c r="B146" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>508</v>
+        <v>252</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="F146" t="s">
-        <v>510</v>
+        <v>503</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>90</v>
+        <v>115</v>
       </c>
       <c r="B147" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="F147" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>89</v>
+        <v>114</v>
       </c>
       <c r="B148" t="s">
-        <v>498</v>
+        <v>511</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>499</v>
+        <v>512</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="F148" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>88</v>
+        <v>113</v>
       </c>
       <c r="B149" t="s">
-        <v>498</v>
+        <v>516</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>499</v>
+        <v>517</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>501</v>
+        <v>519</v>
       </c>
       <c r="F149" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="B150" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="F150" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="B151" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>152</v>
+        <v>527</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="F151" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="B152" t="s">
-        <v>498</v>
+        <v>530</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>499</v>
+        <v>531</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="F152" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>84</v>
+        <v>109</v>
       </c>
       <c r="B153" t="s">
-        <v>498</v>
+        <v>535</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>499</v>
+        <v>536</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="F153" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="B154" t="s">
-        <v>498</v>
+        <v>540</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>499</v>
+        <v>541</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>501</v>
+        <v>543</v>
       </c>
       <c r="F154" t="s">
-        <v>502</v>
+        <v>544</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>82</v>
+        <v>107</v>
       </c>
       <c r="B155" t="s">
-        <v>529</v>
+        <v>545</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>530</v>
+        <v>546</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>152</v>
+        <v>547</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>531</v>
+        <v>548</v>
       </c>
       <c r="F155" t="s">
-        <v>519</v>
+        <v>549</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>81</v>
+        <v>106</v>
       </c>
       <c r="B156" t="s">
-        <v>532</v>
+        <v>550</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>533</v>
+        <v>551</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>152</v>
+        <v>552</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>534</v>
+        <v>553</v>
       </c>
       <c r="F156" t="s">
-        <v>535</v>
+        <v>554</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>80</v>
+        <v>105</v>
       </c>
       <c r="B157" t="s">
-        <v>536</v>
+        <v>555</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>537</v>
+        <v>165</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>538</v>
+        <v>556</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>539</v>
+        <v>557</v>
       </c>
       <c r="F157" t="s">
-        <v>540</v>
+        <v>558</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="B158" t="s">
-        <v>541</v>
+        <v>559</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>542</v>
+        <v>165</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>543</v>
+        <v>560</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>544</v>
+        <v>561</v>
       </c>
       <c r="F158" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>78</v>
+        <v>103</v>
       </c>
       <c r="B159" t="s">
-        <v>541</v>
+        <v>562</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>542</v>
+        <v>165</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>546</v>
+        <v>563</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>544</v>
+        <v>564</v>
       </c>
       <c r="F159" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="B160" t="s">
-        <v>547</v>
+        <v>565</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>548</v>
+        <v>165</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>544</v>
+        <v>567</v>
       </c>
       <c r="F160" t="s">
-        <v>545</v>
+        <v>568</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="B161" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>476</v>
+        <v>156</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>551</v>
+        <v>570</v>
       </c>
       <c r="F161" t="s">
-        <v>552</v>
+        <v>568</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="B162" t="s">
-        <v>553</v>
+        <v>571</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>136</v>
+        <v>160</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>137</v>
+        <v>572</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>554</v>
+        <v>573</v>
       </c>
       <c r="F162" t="s">
-        <v>555</v>
+        <v>574</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>74</v>
+        <v>99</v>
       </c>
       <c r="B163" t="s">
-        <v>556</v>
+        <v>575</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>166</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>557</v>
+        <v>576</v>
       </c>
       <c r="F163" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="B164" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>512</v>
+        <v>152</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>560</v>
+        <v>573</v>
       </c>
       <c r="F164" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="B165" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>563</v>
+        <v>160</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>564</v>
+        <v>577</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="F165" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="B166" t="s">
-        <v>567</v>
+        <v>578</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>568</v>
+        <v>156</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="F166" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="B167" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>568</v>
+        <v>82</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="F167" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="B168" t="s">
-        <v>574</v>
+        <v>583</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>165</v>
+        <v>584</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>568</v>
+        <v>585</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="F168" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="B169" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="F169" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="B170" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>499</v>
+        <v>589</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>582</v>
+        <v>593</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>583</v>
+        <v>594</v>
       </c>
       <c r="F170" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="B171" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>499</v>
+        <v>597</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="F171" t="s">
-        <v>584</v>
+        <v>600</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="B172" t="s">
         <v>588</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>213</v>
+        <v>589</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>82</v>
+        <v>601</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="F172" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="B173" t="s">
+        <v>588</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="E173" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="F173" t="s">
         <v>592</v>
-      </c>
-[...7 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="B174" t="s">
-        <v>596</v>
+        <v>588</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>81</v>
+        <v>589</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>82</v>
+        <v>603</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="F174" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="B175" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="F175" t="s">
-        <v>595</v>
+        <v>609</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="B176" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>165</v>
+        <v>606</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>604</v>
+        <v>152</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="F176" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="B177" t="s">
-        <v>607</v>
+        <v>588</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>165</v>
+        <v>589</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="F177" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="B178" t="s">
-        <v>610</v>
+        <v>588</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>165</v>
+        <v>589</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="F178" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="B179" t="s">
-        <v>613</v>
+        <v>588</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>165</v>
+        <v>589</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>476</v>
+        <v>618</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>614</v>
+        <v>591</v>
       </c>
       <c r="F179" t="s">
-        <v>615</v>
+        <v>592</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>57</v>
+        <v>82</v>
       </c>
       <c r="B180" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>165</v>
+        <v>620</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F180" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="B181" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>160</v>
+        <v>623</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>482</v>
+        <v>152</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="F181" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="B182" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>160</v>
+        <v>627</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="F182" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="B183" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>160</v>
+        <v>632</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>619</v>
+        <v>634</v>
       </c>
       <c r="F183" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="B184" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>165</v>
+        <v>632</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="F184" t="s">
-        <v>615</v>
+        <v>635</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="B185" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>160</v>
+        <v>638</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>161</v>
+        <v>639</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>619</v>
+        <v>634</v>
       </c>
       <c r="F185" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="B186" t="s">
-        <v>629</v>
+        <v>640</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>476</v>
+        <v>566</v>
       </c>
       <c r="E186" s="1" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="F186" t="s">
-        <v>615</v>
+        <v>642</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="B187" t="s">
-        <v>631</v>
+        <v>643</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>632</v>
+        <v>136</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>349</v>
+        <v>137</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
       <c r="F187" t="s">
-        <v>634</v>
+        <v>645</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="B188" t="s">
-        <v>635</v>
+        <v>646</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>636</v>
+        <v>165</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>637</v>
+        <v>166</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>638</v>
+        <v>647</v>
       </c>
       <c r="F188" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="B189" t="s">
-        <v>640</v>
+        <v>649</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>641</v>
+        <v>160</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>642</v>
+        <v>602</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="F189" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="B190" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>93</v>
+        <v>654</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="F190" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="B191" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>650</v>
+        <v>165</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="F191" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="B192" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>646</v>
+        <v>165</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>93</v>
+        <v>658</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="F192" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>40</v>
+        <v>69</v>
       </c>
       <c r="B193" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="C193" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D193" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E193" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="F193" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="B194" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="F194" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="B195" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>668</v>
+        <v>589</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="F195" t="s">
-        <v>661</v>
+        <v>674</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="B196" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>672</v>
+        <v>589</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="E196" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="F196" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="B197" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>677</v>
+        <v>251</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>678</v>
+        <v>82</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>679</v>
       </c>
       <c r="F197" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="B198" t="s">
         <v>681</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>682</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>683</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>684</v>
       </c>
       <c r="F198" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="B199" t="s">
         <v>686</v>
       </c>
       <c r="C199" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E199" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="D199" s="1" t="s">
+      <c r="F199" t="s">
         <v>688</v>
-      </c>
-[...4 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="B200" t="s">
+        <v>689</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D200" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="E200" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F200" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="B201" t="s">
+        <v>693</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="F201" t="s">
         <v>696</v>
-      </c>
-[...10 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="B202" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>702</v>
+        <v>165</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="F202" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="B203" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>706</v>
+        <v>165</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>707</v>
+        <v>701</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="F203" t="s">
-        <v>709</v>
+        <v>696</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="B204" t="s">
-        <v>710</v>
+        <v>703</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>711</v>
+        <v>165</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>712</v>
+        <v>566</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>713</v>
+        <v>704</v>
       </c>
       <c r="F204" t="s">
-        <v>714</v>
+        <v>705</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="B205" t="s">
-        <v>715</v>
+        <v>706</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>716</v>
+        <v>165</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>717</v>
+        <v>166</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>718</v>
+        <v>707</v>
       </c>
       <c r="F205" t="s">
-        <v>719</v>
+        <v>705</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="B206" t="s">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>721</v>
+        <v>160</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>546</v>
+        <v>572</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>722</v>
+        <v>709</v>
       </c>
       <c r="F206" t="s">
-        <v>723</v>
+        <v>710</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="B207" t="s">
-        <v>724</v>
+        <v>711</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>725</v>
+        <v>160</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>698</v>
+        <v>712</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>726</v>
+        <v>709</v>
       </c>
       <c r="F207" t="s">
-        <v>727</v>
+        <v>710</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="B208" t="s">
-        <v>728</v>
+        <v>713</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>729</v>
+        <v>160</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>730</v>
+        <v>714</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>731</v>
+        <v>709</v>
       </c>
       <c r="F208" t="s">
-        <v>732</v>
+        <v>710</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="B209" t="s">
-        <v>733</v>
+        <v>715</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>734</v>
+        <v>165</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>735</v>
+        <v>716</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>736</v>
+        <v>717</v>
       </c>
       <c r="F209" t="s">
-        <v>737</v>
+        <v>705</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="B210" t="s">
-        <v>738</v>
+        <v>718</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>739</v>
+        <v>160</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>740</v>
+        <v>161</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>741</v>
+        <v>709</v>
       </c>
       <c r="F210" t="s">
-        <v>742</v>
+        <v>710</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="B211" t="s">
-        <v>743</v>
+        <v>719</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>744</v>
+        <v>165</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>745</v>
+        <v>566</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>746</v>
+        <v>720</v>
       </c>
       <c r="F211" t="s">
-        <v>747</v>
+        <v>705</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B212" t="s">
-        <v>748</v>
+        <v>721</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>749</v>
+        <v>722</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>750</v>
+        <v>183</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>594</v>
+        <v>723</v>
       </c>
       <c r="F212" t="s">
-        <v>595</v>
+        <v>724</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B213" t="s">
-        <v>705</v>
+        <v>725</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>751</v>
+        <v>726</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>82</v>
+        <v>727</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>597</v>
+        <v>728</v>
       </c>
       <c r="F213" t="s">
-        <v>709</v>
+        <v>729</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="B214" t="s">
-        <v>752</v>
+        <v>730</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>749</v>
+        <v>731</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>753</v>
+        <v>732</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>602</v>
+        <v>733</v>
       </c>
       <c r="F214" t="s">
-        <v>595</v>
+        <v>734</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="B215" t="s">
-        <v>754</v>
+        <v>735</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>755</v>
+        <v>736</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>512</v>
+        <v>93</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>756</v>
+        <v>737</v>
       </c>
       <c r="F215" t="s">
-        <v>757</v>
+        <v>738</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="B216" t="s">
-        <v>758</v>
+        <v>739</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>759</v>
+        <v>740</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>760</v>
+        <v>741</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>761</v>
+        <v>742</v>
       </c>
       <c r="F216" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="B217" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>755</v>
+        <v>736</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>763</v>
+        <v>93</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>764</v>
+        <v>745</v>
       </c>
       <c r="F217" t="s">
-        <v>620</v>
+        <v>746</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="B218" t="s">
-        <v>765</v>
+        <v>747</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>528</v>
+        <v>749</v>
       </c>
       <c r="E218" s="1" t="s">
-        <v>766</v>
+        <v>750</v>
       </c>
       <c r="F218" t="s">
-        <v>767</v>
+        <v>751</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="B219" t="s">
-        <v>768</v>
+        <v>752</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>769</v>
+        <v>753</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>770</v>
+        <v>754</v>
       </c>
       <c r="E219" s="1" t="s">
-        <v>605</v>
+        <v>755</v>
       </c>
       <c r="F219" t="s">
-        <v>606</v>
+        <v>756</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="B220" t="s">
-        <v>771</v>
+        <v>757</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>769</v>
+        <v>758</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>546</v>
+        <v>759</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>609</v>
+        <v>760</v>
       </c>
       <c r="F220" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B221" t="s">
-        <v>773</v>
+        <v>761</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>774</v>
+        <v>763</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>612</v>
+        <v>764</v>
       </c>
       <c r="F221" t="s">
-        <v>606</v>
+        <v>765</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="B222" t="s">
-        <v>775</v>
+        <v>766</v>
       </c>
       <c r="C222" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="E222" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F222" t="s">
-        <v>615</v>
+        <v>770</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>4</v>
+        <v>29</v>
       </c>
       <c r="B223" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>528</v>
+        <v>773</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="F223" t="s">
-        <v>615</v>
+        <v>775</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="B224" t="s">
+        <v>776</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="E224" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="F224" t="s">
         <v>780</v>
-      </c>
-[...7 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="B225" t="s">
+        <v>781</v>
+      </c>
+      <c r="C225" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="D225" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E225" s="1" t="s">
-        <v>630</v>
+        <v>784</v>
       </c>
       <c r="F225" t="s">
-        <v>615</v>
+        <v>785</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
+        <v>26</v>
+      </c>
+      <c r="B226" t="s">
+        <v>786</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="F226" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227">
+        <v>25</v>
+      </c>
+      <c r="B227" t="s">
+        <v>791</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="F227" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228">
+        <v>24</v>
+      </c>
+      <c r="B228" t="s">
+        <v>795</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="F228" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6">
+      <c r="A229">
+        <v>23</v>
+      </c>
+      <c r="B229" t="s">
+        <v>800</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="F229" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6">
+      <c r="A230">
+        <v>22</v>
+      </c>
+      <c r="B230" t="s">
+        <v>805</v>
+      </c>
+      <c r="C230" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="E230" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="F230" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231">
+        <v>21</v>
+      </c>
+      <c r="B231" t="s">
+        <v>810</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="F231" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6">
+      <c r="A232">
+        <v>20</v>
+      </c>
+      <c r="B232" t="s">
+        <v>814</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="E232" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="F232" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6">
+      <c r="A233">
+        <v>19</v>
+      </c>
+      <c r="B233" t="s">
+        <v>818</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="F233" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6">
+      <c r="A234">
+        <v>18</v>
+      </c>
+      <c r="B234" t="s">
+        <v>823</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="F234" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235">
+        <v>17</v>
+      </c>
+      <c r="B235" t="s">
+        <v>828</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="F235" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6">
+      <c r="A236">
+        <v>16</v>
+      </c>
+      <c r="B236" t="s">
+        <v>833</v>
+      </c>
+      <c r="C236" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="E236" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="F236" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6">
+      <c r="A237">
+        <v>15</v>
+      </c>
+      <c r="B237" t="s">
+        <v>838</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="E237" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="F237" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6">
+      <c r="A238">
+        <v>14</v>
+      </c>
+      <c r="B238" t="s">
+        <v>795</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="F238" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239">
+        <v>13</v>
+      </c>
+      <c r="B239" t="s">
+        <v>842</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="F239" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240">
+        <v>12</v>
+      </c>
+      <c r="B240" t="s">
+        <v>844</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="F240" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6">
+      <c r="A241">
+        <v>11</v>
+      </c>
+      <c r="B241" t="s">
+        <v>848</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="F241" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6">
+      <c r="A242">
+        <v>10</v>
+      </c>
+      <c r="B242" t="s">
+        <v>852</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="F242" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243">
+        <v>9</v>
+      </c>
+      <c r="B243" t="s">
+        <v>855</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="F243" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244">
+        <v>8</v>
+      </c>
+      <c r="B244" t="s">
+        <v>858</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="F244" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6">
+      <c r="A245">
+        <v>7</v>
+      </c>
+      <c r="B245" t="s">
+        <v>861</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="F245" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6">
+      <c r="A246">
+        <v>6</v>
+      </c>
+      <c r="B246" t="s">
+        <v>863</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="F246" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6">
+      <c r="A247">
+        <v>5</v>
+      </c>
+      <c r="B247" t="s">
+        <v>865</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="E247" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="F247" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248">
+        <v>4</v>
+      </c>
+      <c r="B248" t="s">
+        <v>866</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="F248" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249">
+        <v>3</v>
+      </c>
+      <c r="B249" t="s">
+        <v>869</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="F249" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6">
+      <c r="A250">
+        <v>2</v>
+      </c>
+      <c r="B250" t="s">
+        <v>872</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="F250" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6">
+      <c r="A251">
         <v>1</v>
       </c>
-      <c r="B226" t="s">
+      <c r="B251" t="s">
         <v>59</v>
       </c>
-      <c r="C226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D226" s="1" t="s">
+      <c r="C251" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="D251" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="E226" s="1" t="s">
-[...3 lines deleted...]
-        <v>786</v>
+      <c r="E251" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="F251" t="s">
+        <v>876</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">