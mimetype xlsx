--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="877">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="894">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
   </si>
   <si>
     <t>20250509.IN.001/2025/2025</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Contratação de assinatura anual de acesso à ferram...</t>
   </si>
@@ -2189,50 +2189,74 @@
     <t>GRIEBLER E GRIEBl ER LTDA
 30.195.733/0001-90</t>
   </si>
   <si>
     <t>14/10/202 a 14/10/2023</t>
   </si>
   <si>
     <t>013/2022-02/2022</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Registro de Preços para a locação de estruturas pa...</t>
   </si>
   <si>
     <t>CWDR PRODUÇOES E EVENTOS LTDA
 23.172.445.0001/54</t>
   </si>
   <si>
     <t>15/09/2022
 310.350,00</t>
   </si>
   <si>
     <t>15/09/2022 a 15/09/2023</t>
   </si>
   <si>
+    <t>003/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa especializada para o fornec...</t>
+  </si>
+  <si>
+    <t>27/06/2025
+11.320,10</t>
+  </si>
+  <si>
+    <t>04/07/2025 a 03/01/2026</t>
+  </si>
+  <si>
+    <t>004/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025
+5.660,04</t>
+  </si>
+  <si>
+    <t>05/01/2026 a 05/04/2026</t>
+  </si>
+  <si>
     <t>013/2022-01/2022</t>
   </si>
   <si>
     <t>15/09/2022
 298.630,00</t>
   </si>
   <si>
     <t>Ultra Licitações Ltda
 36.524.917/0001-32</t>
   </si>
   <si>
     <t xml:space="preserve">14/10/2023
 </t>
   </si>
   <si>
     <t>14/10/2023 a 14/10/2023</t>
   </si>
   <si>
     <t>lEIVYDEANE DE ALMEIDA BARBOSA DANTAS
 42.726.388/0001-52</t>
   </si>
   <si>
     <t xml:space="preserve">14/09/2023
 </t>
   </si>
@@ -2308,50 +2332,64 @@
     <t>PRAX - DISTRIBUIDORA SERVIÇOS EIRELI
 36.761.673/0001-01</t>
   </si>
   <si>
     <t>094/2022/2022</t>
   </si>
   <si>
     <t>Chefia de Gabinete da Presidência
 Registro de Preços para a locação de palco, cadeir...</t>
   </si>
   <si>
     <t>JHB DA SILVA
 09.149.160/0001-71</t>
   </si>
   <si>
     <t>002/2022-02/2022</t>
   </si>
   <si>
     <t>21/03/2022
 24.226,30</t>
   </si>
   <si>
     <t>21/03/2022 a 31/03/2023</t>
   </si>
   <si>
+    <t>002/2025</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa para prestação dos serviços...</t>
+  </si>
+  <si>
+    <t>30/04/2025
+360.000,00</t>
+  </si>
+  <si>
+    <t>12/05/2025 a 12/05/2026</t>
+  </si>
+  <si>
     <t>20220620.003/2022-01/2022</t>
   </si>
   <si>
     <t xml:space="preserve">20/06/2022
 </t>
   </si>
   <si>
     <t>20/06/2022 a 20/06/2023</t>
   </si>
   <si>
     <t>002/2022-01/2022</t>
   </si>
   <si>
     <t>21/03/2022
 105.681,68</t>
   </si>
   <si>
     <t>21/03/2022 a 21/03/2023</t>
   </si>
   <si>
     <t>003/2022/2022</t>
   </si>
   <si>
     <t xml:space="preserve">23/03/2022
 </t>
@@ -2723,50 +2761,61 @@
 05.804.502/0001-99</t>
   </si>
   <si>
     <t>27/06/2022
 17.390,00</t>
   </si>
   <si>
     <t>27/06/2022 a 31/12/2022</t>
   </si>
   <si>
     <t>20220404.C.002/2022/2022</t>
   </si>
   <si>
     <t>Secretaria Administrativo do Poder Legislativo
 Aquisição de materiais de limpeza de interesse da...</t>
   </si>
   <si>
     <t>CARREIRO DISTRIBUIDORA EIRELI
 40.015.814/0001-14</t>
   </si>
   <si>
     <t>04/04/2022
 540.061,70</t>
   </si>
   <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa especializada para a Presta...</t>
+  </si>
+  <si>
+    <t>30/04/2025
+1.575.000,00</t>
+  </si>
+  <si>
+    <t>07/05/2025 a 05/05/2026</t>
+  </si>
+  <si>
     <t>20211116.011/2021-01/</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE IMPERATRIZ
  Aquisição de materiais permanentes (cadeiras...</t>
   </si>
   <si>
     <t>L.E DE SOUSA COMÉRCIO E SERVIÇOS
 170.327/0001-59</t>
   </si>
   <si>
     <t>16/11/2021
 60.714,97</t>
   </si>
   <si>
     <t>16/11/2021 a 31/12/2021</t>
   </si>
   <si>
     <t>20210923.D.013/2021/</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE IMPERATRIZ
 Execução dos Serviços de manutenção corretiva do t...</t>
   </si>
   <si>
@@ -2926,50 +2975,61 @@
   </si>
   <si>
     <t>CAMARA MUNICIPAL
 Prestação dos serviços de Controle de vetores e pr...</t>
   </si>
   <si>
     <t>05/04/2021
 17.215,68</t>
   </si>
   <si>
     <t>05/04/2021 a 05/06/2021</t>
   </si>
   <si>
     <t>20210222.D.002/2021/</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Prestação de serviços de montagem de sala eadaptaç...</t>
   </si>
   <si>
     <t>22/02/2021
 17.389,29</t>
   </si>
   <si>
     <t>22/02/2021 a 22/05/2021</t>
+  </si>
+  <si>
+    <t>Comissão Permanente de Licitação
+Contratação de empresa especializada para a implan...</t>
+  </si>
+  <si>
+    <t>23/03/2025
+153.466,68</t>
+  </si>
+  <si>
+    <t>26/05/2025 a 26/05/2026</t>
   </si>
   <si>
     <t>20210315.003/2021/</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 fornecimento de materiais de informática, para sup...</t>
   </si>
   <si>
     <t>OLIVEIRA CASTRO SERVIÇOS E COMERCIO LTDA
 17.226.183/0001-60</t>
   </si>
   <si>
     <t>15/03/2021
 17.530,00</t>
   </si>
   <si>
     <t>15/03/2021 a 15/06/2021</t>
   </si>
   <si>
     <t>20210208d.001/2021/</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL
 Prestação dos serviços de sanitização da Câmara M...</t>
@@ -3495,54 +3555,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F251"/>
+  <dimension ref="A1:F256"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E251" sqref="E251"/>
+      <selection activeCell="E256" sqref="E256"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -7011,1560 +7071,1660 @@
       </c>
       <c r="B175" t="s">
         <v>605</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>606</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>607</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>608</v>
       </c>
       <c r="F175" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
         <v>86</v>
       </c>
       <c r="B176" t="s">
         <v>610</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>152</v>
+        <v>93</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="F176" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B177" t="s">
-        <v>588</v>
+        <v>614</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>589</v>
+        <v>611</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>612</v>
+        <v>93</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="F177" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B178" t="s">
-        <v>588</v>
+        <v>617</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>589</v>
+        <v>606</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>615</v>
+        <v>152</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="F178" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B179" t="s">
         <v>588</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>589</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>591</v>
+        <v>620</v>
       </c>
       <c r="F179" t="s">
-        <v>592</v>
+        <v>621</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B180" t="s">
-        <v>619</v>
+        <v>588</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>620</v>
+        <v>589</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>152</v>
+        <v>622</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="F180" t="s">
-        <v>609</v>
+        <v>624</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B181" t="s">
-        <v>622</v>
+        <v>588</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>623</v>
+        <v>589</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>152</v>
+        <v>625</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>624</v>
+        <v>591</v>
       </c>
       <c r="F181" t="s">
-        <v>625</v>
+        <v>592</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B182" t="s">
         <v>626</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D182" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E182" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="E182" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F182" t="s">
-        <v>630</v>
+        <v>609</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B183" t="s">
+        <v>629</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E183" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="F183" t="s">
         <v>632</v>
-      </c>
-[...7 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B184" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D184" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="E184" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="E184" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F184" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B185" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E185" s="1" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="F185" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B186" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>165</v>
+        <v>639</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>566</v>
+        <v>643</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>641</v>
       </c>
       <c r="F186" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B187" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>136</v>
+        <v>645</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>137</v>
+        <v>646</v>
       </c>
       <c r="E187" s="1" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="F187" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B188" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C188" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>166</v>
+        <v>566</v>
       </c>
       <c r="E188" s="1" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F188" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B189" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>160</v>
+        <v>651</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>602</v>
+        <v>234</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="F189" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B190" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>653</v>
+        <v>136</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>654</v>
+        <v>137</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>655</v>
       </c>
       <c r="F190" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B191" t="s">
         <v>657</v>
       </c>
       <c r="C191" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D191" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E191" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="E191" s="1" t="s">
+      <c r="F191" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B192" t="s">
+        <v>660</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="E192" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E192" s="1" t="s">
+      <c r="F192" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B193" t="s">
+        <v>663</v>
+      </c>
+      <c r="C193" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193" s="1" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="F193" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B194" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>667</v>
+        <v>165</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="F194" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B195" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>589</v>
+        <v>165</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>673</v>
       </c>
       <c r="F195" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B196" t="s">
         <v>675</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>589</v>
+        <v>165</v>
       </c>
       <c r="D196" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="F196" t="s">
         <v>676</v>
-      </c>
-[...4 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B197" t="s">
+        <v>677</v>
+      </c>
+      <c r="C197" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="C197" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D197" s="1" t="s">
-        <v>82</v>
+        <v>679</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F197" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B198" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>682</v>
+        <v>589</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>683</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>684</v>
       </c>
       <c r="F198" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B199" t="s">
         <v>686</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>81</v>
+        <v>589</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>82</v>
+        <v>687</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F199" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B200" t="s">
         <v>689</v>
       </c>
       <c r="C200" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E200" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="D200" s="1" t="s">
+      <c r="F200" t="s">
         <v>691</v>
-      </c>
-[...4 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B201" t="s">
+        <v>692</v>
+      </c>
+      <c r="C201" s="1" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>694</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>695</v>
       </c>
       <c r="F201" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B202" t="s">
         <v>697</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>165</v>
+        <v>81</v>
       </c>
       <c r="D202" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E202" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="E202" s="1" t="s">
+      <c r="F202" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B203" t="s">
         <v>700</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>165</v>
+        <v>701</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F203" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B204" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>566</v>
+        <v>705</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="F204" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B205" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>166</v>
+        <v>709</v>
       </c>
       <c r="E205" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="F205" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B206" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>572</v>
+        <v>712</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="F206" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B207" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>712</v>
+        <v>566</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="F207" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B208" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>714</v>
+        <v>166</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="F208" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B209" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>716</v>
+        <v>572</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="F209" t="s">
-        <v>705</v>
+        <v>721</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B210" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>161</v>
+        <v>723</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F210" t="s">
-        <v>710</v>
+        <v>721</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B211" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>566</v>
+        <v>725</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>720</v>
       </c>
       <c r="F211" t="s">
-        <v>705</v>
+        <v>721</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B212" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>722</v>
+        <v>165</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>183</v>
+        <v>727</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="F212" t="s">
-        <v>724</v>
+        <v>716</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B213" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>726</v>
+        <v>160</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>727</v>
+        <v>161</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
       <c r="F213" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B214" t="s">
         <v>730</v>
       </c>
       <c r="C214" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="E214" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F214" t="s">
-        <v>734</v>
+        <v>716</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B215" t="s">
+        <v>732</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="F215" t="s">
         <v>735</v>
-      </c>
-[...10 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B216" t="s">
+        <v>736</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="E216" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="F216" t="s">
         <v>740</v>
-      </c>
-[...7 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B217" t="s">
+        <v>741</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="E217" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="C217" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E217" s="1" t="s">
+      <c r="F217" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B218" t="s">
+        <v>746</v>
+      </c>
+      <c r="C218" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E218" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="D218" s="1" t="s">
+      <c r="F218" t="s">
         <v>749</v>
-      </c>
-[...4 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B219" t="s">
+        <v>750</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="D219" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="E219" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="D219" s="1" t="s">
+      <c r="F219" t="s">
         <v>754</v>
-      </c>
-[...4 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B220" t="s">
+        <v>755</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="F220" t="s">
         <v>757</v>
-      </c>
-[...10 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="B221" t="s">
+        <v>758</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="E221" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="F221" t="s">
         <v>762</v>
-      </c>
-[...7 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="B222" t="s">
+        <v>763</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="E222" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="F222" t="s">
         <v>767</v>
-      </c>
-[...7 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="B223" t="s">
+        <v>768</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="E223" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="C223" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F223" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="B224" t="s">
-        <v>776</v>
+        <v>610</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>778</v>
+        <v>252</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>779</v>
+        <v>773</v>
       </c>
       <c r="F224" t="s">
-        <v>780</v>
+        <v>774</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B225" t="s">
-        <v>781</v>
+        <v>775</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>782</v>
+        <v>776</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>783</v>
+        <v>777</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>784</v>
+        <v>778</v>
       </c>
       <c r="F225" t="s">
-        <v>785</v>
+        <v>779</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B226" t="s">
-        <v>786</v>
+        <v>780</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>787</v>
+        <v>781</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>788</v>
+        <v>782</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>789</v>
+        <v>783</v>
       </c>
       <c r="F226" t="s">
-        <v>790</v>
+        <v>784</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B227" t="s">
-        <v>791</v>
+        <v>785</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>792</v>
+        <v>786</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>793</v>
+        <v>787</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>794</v>
+        <v>788</v>
       </c>
       <c r="F227" t="s">
-        <v>790</v>
+        <v>789</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B228" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="F228" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B229" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="F229" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B230" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
       <c r="F230" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B231" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>636</v>
+        <v>807</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="F231" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B232" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>788</v>
+        <v>811</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="F232" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B233" t="s">
+        <v>814</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="F233" t="s">
         <v>818</v>
-      </c>
-[...10 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B234" t="s">
+        <v>819</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="E234" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="F234" t="s">
         <v>823</v>
-      </c>
-[...10 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B235" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>830</v>
+        <v>643</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="F235" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B236" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>834</v>
+        <v>829</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>835</v>
+        <v>802</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>836</v>
+        <v>830</v>
       </c>
       <c r="F236" t="s">
-        <v>837</v>
+        <v>831</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B237" t="s">
-        <v>838</v>
+        <v>614</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>840</v>
+        <v>82</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>684</v>
+        <v>833</v>
       </c>
       <c r="F237" t="s">
-        <v>685</v>
+        <v>834</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B238" t="s">
-        <v>795</v>
+        <v>835</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>82</v>
+        <v>837</v>
       </c>
       <c r="E238" s="1" t="s">
-        <v>687</v>
+        <v>838</v>
       </c>
       <c r="F238" t="s">
-        <v>799</v>
+        <v>839</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B239" t="s">
+        <v>840</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="D239" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D239" s="1" t="s">
+      <c r="E239" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="E239" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F239" t="s">
-        <v>685</v>
+        <v>844</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="B240" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>602</v>
+        <v>847</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="F240" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B241" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="F241" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B242" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>845</v>
+        <v>856</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>854</v>
+        <v>695</v>
       </c>
       <c r="F242" t="s">
-        <v>710</v>
+        <v>696</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="B243" t="s">
-        <v>855</v>
+        <v>809</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>845</v>
+        <v>858</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>618</v>
+        <v>82</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>856</v>
+        <v>698</v>
       </c>
       <c r="F243" t="s">
-        <v>857</v>
+        <v>813</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B244" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>860</v>
       </c>
       <c r="E244" s="1" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="F244" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="B245" t="s">
         <v>861</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>636</v>
+        <v>602</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>699</v>
+        <v>863</v>
       </c>
       <c r="F245" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B246" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="D246" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="F246" t="s">
         <v>864</v>
-      </c>
-[...4 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="B247" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>602</v>
+        <v>870</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>704</v>
+        <v>871</v>
       </c>
       <c r="F247" t="s">
-        <v>705</v>
+        <v>721</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="B248" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="F248" t="s">
-        <v>705</v>
+        <v>874</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B249" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>717</v>
+        <v>706</v>
       </c>
       <c r="F249" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="B250" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>602</v>
+        <v>643</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="F250" t="s">
-        <v>705</v>
+        <v>879</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
+        <v>6</v>
+      </c>
+      <c r="B251" t="s">
+        <v>880</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="F251" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6">
+      <c r="A252">
+        <v>5</v>
+      </c>
+      <c r="B252" t="s">
+        <v>882</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="E252" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="F252" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6">
+      <c r="A253">
+        <v>4</v>
+      </c>
+      <c r="B253" t="s">
+        <v>883</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="F253" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254">
+        <v>3</v>
+      </c>
+      <c r="B254" t="s">
+        <v>886</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="F254" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6">
+      <c r="A255">
+        <v>2</v>
+      </c>
+      <c r="B255" t="s">
+        <v>889</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="F255" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6">
+      <c r="A256">
         <v>1</v>
       </c>
-      <c r="B251" t="s">
+      <c r="B256" t="s">
         <v>59</v>
       </c>
-      <c r="C251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D251" s="1" t="s">
+      <c r="C256" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="D256" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="E251" s="1" t="s">
-[...3 lines deleted...]
-        <v>876</v>
+      <c r="E256" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="F256" t="s">
+        <v>893</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">